--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -10,233 +10,430 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="127">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Raul</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/826/01-_indicacao_cobertura_das_arquibancadas_do_campo_municipal_raul.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/826/01-_indicacao_cobertura_das_arquibancadas_do_campo_municipal_raul.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal faça a cobertura das arquibancadas do Estádio Municipal José Aparecido Bispo, em Nova Santa Helena, e dá outras providências.</t>
   </si>
   <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Demoka</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/829/01-_mocao_no_01-26_mocao_de_aplauso_dra._vania_demoka.pdf</t>
+  </si>
+  <si>
+    <t>O Excelentíssimo Senhor Presidente, Ademir Dias da Silva, no uso de suas atribuições legais, propõe a este Soberano Plenário, de maneira singela e na forma regimental, a presente MOÇÃO DE APLAUSO para a médica Dra. VÂNIA TARGANSKI BENITEZ, em reconhecimento a todos os serviços prestados na rede pública de saúde do Município, especialmente no atendimento à população residente na área rural.</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Legislativo</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/835/projeto_de_lei_legislativo_n01-2026_rga_agentes_politicos.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA A APLICAÇÃO DO ÍNDICE DE REVISÃO GERAL ANUAL NA ORDEM DE 4,26% AOS AGENTES POLÍTICOS DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE NOVA SANTA HELENA MT.”</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/836/projeto_de_lei_legislativo_n02-2026rga_servidores_camara.pdf</t>
+  </si>
+  <si>
+    <t>“ATUALIZA O VENCIMENTO DOS SERVIDORES DO PODER LEGISLATIVO DE NOVA SANTA HELENA-MT, APLICANDO-SE O ÍNDICE DE REVISÃO GERAL ANUAL NA ORDEM DE 4,26 %.”</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/843/projeto_de_lei_legislativo_n03-2026_altera_a_lei_1070-2022_verba_indenizatoria_aos_agentes_politicos_do_poder_executivo.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA A LEI MUNICIPAL N°1070/2022 QUE INSTITUI A VERBA DE NATUREZA INDENIZATÓRIA AOS AGENTES POLÍTICOS DO PODER EXECUTIVO DE NOVA SANTA HELENA-MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>816</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Paulinho Bortolini</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/816/projeto_de_lei_1139_-_2026_-_processo_seletivo.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/816/projeto_de_lei_1139_-_2026_-_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CONTRATAR SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/821/projeto_de_lei_1140_-_2026_credito_especial_-_op_credito-usina_fotovoltaica.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/821/projeto_de_lei_1140_-_2026_credito_especial_-_op_credito-usina_fotovoltaica.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE NOVA SANTA HELENA - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/822/projeto_de_lei_1141_-_2026_credito_especial_-_amortizacao_da_divida.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/822/projeto_de_lei_1141_-_2026_credito_especial_-_amortizacao_da_divida.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE NOVA SANTA HELENA - MT, PARA ATENDIMENTO DO SERVIÇO DA DÍVIDA CONTRATUAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/823/projeto_de_lei_1142_-_2026_-_altera_a_lei_1187-2025_majora_o_quantitaivo_de_vagas_para_provimento_efetivo.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/823/projeto_de_lei_1142_-_2026_-_altera_a_lei_1187-2025_majora_o_quantitaivo_de_vagas_para_provimento_efetivo.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 1.187/2025, DE 06 DE MAIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/824/projeto_de_lei_1143_-_2026_-_repasse_apae.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/824/projeto_de_lei_1143_-_2026_-_repasse_apae.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DO MUNICÍPIO DE NOVA SANTA HELENA-MT E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/825/projeto_de_lei_1144_-_2026_-_convenio_consegi.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/825/projeto_de_lei_1144_-_2026_-_convenio_consegi.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR CONVÊNIO COM O CONSELHO COMUNITÁRIO DE SEGURANÇA DE ITAÚBA-MT – CONSEGI E DÁ OUTRAS PRIORIDADES”.</t>
   </si>
   <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/831/projeto_de_lei_1145_2026_-_piso_professores.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A CONCESSÃO DE REAJUSTE AOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE NOVA SANTA HELENA/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/832/projeto_de_lei_1146_2026_-_rga_servidores.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A FIXAÇÃO DE ÍNDICE DE REVISÃO GERAL ANUAL DAS REMUNERAÇÕES DE TODOS OS SERVIDORES PÚBLICOS DO MUNICÍPIO DE NOVA SANTA HELENA/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/833/projeto_de_lei_1147_-_2026_autoriza_comprar_e_promover_sorteio_de_uma_moto_iptu.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A PREMIAÇÃO DE UMA MOTO PARA INCENTIVO AO RECOLHIMENTO DO IPTU EM DIA, RELATIVO AO EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/834/projeto_de_lei_1148_-_2026__desconto_e_parcelamento_iptu.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONCEDER DESCONTO E DEFINIR PARCELAMENTO NO PAGAMENTO DO IMPOSTO PREDIAL URBANO PARA O EXERCÍCIO DE 2.026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>827</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Hezio Camargo</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/827/01-requerimento_mudanca_de_data_da_sessao_hezio.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/827/01-requerimento_mudanca_de_data_da_sessao_hezio.pdf</t>
   </si>
   <si>
     <t>Hezio Silvino de Camargo, Vereador e 2° Secretário da Mesa Diretora desta Casa de Leis, no uso de suas atribuições legais conferidas pelo Regimento Interno, em seu Artigo 178, §4°, inciso VIII e, em observância ao Artigo 109, §1°, inciso II deste mesmo Regimento, vem REQUERER a este soberano plenário a aprovação deste requerimento, possibilitando assim a mudança da data da sessão ordinária do dia 23 de fevereiro, segunda-feira, para o dia 20 de fevereiro de 2026, excepcionalmente, sexta-feira.</t>
   </si>
   <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Marcelo Pimenta</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/838/05-_requerimento_de_ren._de_chapa_bienio_27-28.pdf</t>
+  </si>
+  <si>
+    <t>Requerente: Marcelo Pimenta._x000D_
+_x000D_
+Nos termos do Artigo 20 combinando com o artigo 13 do Regimento Interno, vem requerer a inscrição da Chapa "A” para concorrer à renovação da Mesa Diretora para Biênio 2027/2028, com a seguinte composição:</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/842/09-requerimento_data_da_eleicao_ren._mesa_diretora_2027-2028.pdf</t>
+  </si>
+  <si>
+    <t>O Excelentíssimo Senhor Presidente, Ademir Dias da Silva, considerando que a data da nova eleição da Mesa Diretora deve ser decidida pelo Plenário, conforme artigo 20, § 1° do Regimento Interno desta Casa de Leis, vem por meio deste requerer ao Soberano Plenário que esta votação ocorra na próxima sessão ordinária, dia 09 de março de 2026 (segunda-feira) às 19 hs e 30 minutos.</t>
+  </si>
+  <si>
     <t>828</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>REQD</t>
   </si>
   <si>
     <t>Requerimento de Diárias</t>
   </si>
   <si>
     <t>Demoka, Nego do Chico, Raul</t>
   </si>
   <si>
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/828/02-_requerim-autorizacao_de_liberacao_de_diaria_demoka_lucinei_e_raul.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/828/02-_requerim-autorizacao_de_liberacao_de_diaria_demoka_lucinei_e_raul.pdf</t>
   </si>
   <si>
     <t>Na qualidade de Presidente da Câmara Municipal de Nova Santa Helena, AUTORIZO e DETERMINO o pagamento de R$ 2.100,00 (dois mil e cem reais) para mim e para os vereadores Lucinei de Oliveira Luna e Raul Batistello, individualmente, valor referente a 03 (três) diárias com pernoite, totalizando R$ 6.300,00 (seis mil e trezentos reais), possibilitando assim nossa ida à capital Cuiabá/MT, para que nos dias 03, 04 e 05 de fevereiro possamos tratar de assuntos de interesse desta Casa de Leis.</t>
   </si>
   <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/830/03-_requerim-autorizacao_de_liberacao_de_diaria_demoka_lucinei_e_raul.pdf</t>
+  </si>
+  <si>
+    <t>Na qualidade de Presidente da Câmara Municipal de Nova Santa Helena, AUTORIZO e DETERMINO o pagamento de R$ 400,00 (quatrocentos reais) para mim e para os vereadores Lucinei de Oliveira Luna e Raul Batistello, individualmente, valor referente a mais 01 (uma) diária, sem pernoite, totalizando R$ 1.200,00 (mil e duzentos reais), pois devido à mudança na agenda, faz-se necessário nossa permanência na capital Cuiabá/MT, para que no dia 06 de fevereiro possamos tratar de assuntos de interesse desta Casa de Leis.</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/837/04-_requerim-autorizacao_de_liberacao_de_diaria_demoka.pdf</t>
+  </si>
+  <si>
+    <t>Na qualidade de Presidente da Câmara Municipal de Nova Santa Helena, AUTORIZO e DETERMINO o pagamento de R$ 400,00 (quatrocentos reais) para mim, valor referente a 01 (uma) diária sem pernoite, para que no dia 18 de fevereiro eu possa tratar de assuntos de interesse desta Casa de Leis em Alta Floresta-MT.</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Demoka, Marcelo Pimenta, Valdir Bras de Moraes</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/839/06-_requerim-autorizacao_de_liberacao_de_diaria_demoka_marcelo_valdir.pdf</t>
+  </si>
+  <si>
+    <t>Na qualidade de Presidente da Câmara Municipal de Nova Santa Helena, AUTORIZO e DETERMINO o pagamento de R$ 1.800,00 (mil e oitocentos reais) para mim e para os vereadores Valdir Bras de Moraes e Marcelo Pimenta, individualmente, valor referente a 02 (duas) diárias com pernoite, e 01 (uma) sem pernoite, totalizando R$ 5.400,00 (cinco mil e quatrocentos reais), para que possamos tratar de assuntos de interesse desta Casa de Leis na capital Cuiabá/MT, nos dias 23, 24 e 25 de fevereiro.</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Juliana Lorca</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/840/07-_requerimento_de_liberacao_de_diaria_juliana.pdf</t>
+  </si>
+  <si>
+    <t>Excelentíssima Vereadora e 1a Secretária, Juliana Lorca, vem requerer a liberação de 03 (três) diárias com pernoite, e 01 (uma) sem pernoite, que somadas equivalem a R$ 2.500,00 (dois mil e quinhentos reais), para que possa tratar de assuntos de interesse desta Casa de Leis na capital Cuiabá/MT, nos dias 03, 04, 05 e 06 de março.</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>LUIZ PELISSARI</t>
+  </si>
+  <si>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/841/08-_requerimento_de_liberacao_de_diaria_luiz.pdf</t>
+  </si>
+  <si>
+    <t>Excelentíssimo Vereador, Luiz Carlos Pelissari, vem requerer a liberação de 02 (duas) diárias com pernoite, e 01 (uma) sem pernoite, que somadas equivalem a R$ 1.800,00 (mil e oitocentos reais), para que possa tratar de assuntos de interesse desta Casa de Leis na capital Cuiabá/MT, nos dias 03, 04 e 05 de março.</t>
+  </si>
+  <si>
     <t>817</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO LEGISLATIVO</t>
   </si>
   <si>
-    <t>Demoka</t>
-[...2 lines deleted...]
-    <t>https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/817/01-_ato_calendario_sessoes_de_2026.pdf</t>
+    <t>http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/817/01-_ato_calendario_sessoes_de_2026.pdf</t>
   </si>
   <si>
     <t>Artigo 1º - Fica estabelecido o Calendário das Sessões Ordinárias da Câmara Municipal de Nova Santa Helena, Estado de Mato Grosso, a se realizarem na Sessão Legislativa de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -543,68 +740,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/826/01-_indicacao_cobertura_das_arquibancadas_do_campo_municipal_raul.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/816/projeto_de_lei_1139_-_2026_-_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/821/projeto_de_lei_1140_-_2026_credito_especial_-_op_credito-usina_fotovoltaica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/822/projeto_de_lei_1141_-_2026_credito_especial_-_amortizacao_da_divida.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/823/projeto_de_lei_1142_-_2026_-_altera_a_lei_1187-2025_majora_o_quantitaivo_de_vagas_para_provimento_efetivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/824/projeto_de_lei_1143_-_2026_-_repasse_apae.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/825/projeto_de_lei_1144_-_2026_-_convenio_consegi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/827/01-requerimento_mudanca_de_data_da_sessao_hezio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/828/02-_requerim-autorizacao_de_liberacao_de_diaria_demoka_lucinei_e_raul.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/817/01-_ato_calendario_sessoes_de_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/826/01-_indicacao_cobertura_das_arquibancadas_do_campo_municipal_raul.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/829/01-_mocao_no_01-26_mocao_de_aplauso_dra._vania_demoka.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/835/projeto_de_lei_legislativo_n01-2026_rga_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/836/projeto_de_lei_legislativo_n02-2026rga_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/843/projeto_de_lei_legislativo_n03-2026_altera_a_lei_1070-2022_verba_indenizatoria_aos_agentes_politicos_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/816/projeto_de_lei_1139_-_2026_-_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/821/projeto_de_lei_1140_-_2026_credito_especial_-_op_credito-usina_fotovoltaica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/822/projeto_de_lei_1141_-_2026_credito_especial_-_amortizacao_da_divida.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/823/projeto_de_lei_1142_-_2026_-_altera_a_lei_1187-2025_majora_o_quantitaivo_de_vagas_para_provimento_efetivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/824/projeto_de_lei_1143_-_2026_-_repasse_apae.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/825/projeto_de_lei_1144_-_2026_-_convenio_consegi.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/831/projeto_de_lei_1145_2026_-_piso_professores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/832/projeto_de_lei_1146_2026_-_rga_servidores.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/833/projeto_de_lei_1147_-_2026_autoriza_comprar_e_promover_sorteio_de_uma_moto_iptu.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/834/projeto_de_lei_1148_-_2026__desconto_e_parcelamento_iptu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/827/01-requerimento_mudanca_de_data_da_sessao_hezio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/838/05-_requerimento_de_ren._de_chapa_bienio_27-28.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/842/09-requerimento_data_da_eleicao_ren._mesa_diretora_2027-2028.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/828/02-_requerim-autorizacao_de_liberacao_de_diaria_demoka_lucinei_e_raul.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/830/03-_requerim-autorizacao_de_liberacao_de_diaria_demoka_lucinei_e_raul.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/837/04-_requerim-autorizacao_de_liberacao_de_diaria_demoka.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/839/06-_requerim-autorizacao_de_liberacao_de_diaria_demoka_marcelo_valdir.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/840/07-_requerimento_de_liberacao_de_diaria_juliana.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/841/08-_requerimento_de_liberacao_de_diaria_luiz.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novasantahelena.mt.leg.br/media/sapl/public/materialegislativa/2026/817/01-_ato_calendario_sessoes_de_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="26.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="183.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="44.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="193.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -624,288 +821,693 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
         <v>39</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="F8" t="s">
         <v>40</v>
       </c>
-      <c r="D8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>56</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>10</v>
       </c>
-      <c r="D11" t="s">
-[...12 lines deleted...]
-        <v>61</v>
+      <c r="D17" t="s">
+        <v>80</v>
+      </c>
+      <c r="E17" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" t="s">
+        <v>82</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H17" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" t="s">
+        <v>87</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>90</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" t="s">
+        <v>19</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H19" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>94</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" t="s">
+        <v>95</v>
+      </c>
+      <c r="E20" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" t="s">
+        <v>97</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H20" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>100</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" t="s">
+        <v>97</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>103</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>104</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" t="s">
+        <v>19</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H22" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>107</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>108</v>
+      </c>
+      <c r="D23" t="s">
+        <v>95</v>
+      </c>
+      <c r="E23" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H23" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>113</v>
+      </c>
+      <c r="D24" t="s">
+        <v>95</v>
+      </c>
+      <c r="E24" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" t="s">
+        <v>114</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H24" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>117</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" t="s">
+        <v>95</v>
+      </c>
+      <c r="E25" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" t="s">
+        <v>119</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H25" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>122</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="s">
+        <v>123</v>
+      </c>
+      <c r="E26" t="s">
+        <v>124</v>
+      </c>
+      <c r="F26" t="s">
+        <v>19</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H26" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>